--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -12,200 +12,197 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>date</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>vessel_name</t>
   </si>
   <si>
     <t>vessel_no</t>
   </si>
   <si>
-    <t>etc_etd</t>
+    <t>etc</t>
+  </si>
+  <si>
+    <t>etd</t>
   </si>
   <si>
     <t>atd</t>
   </si>
   <si>
     <t>vessel_route</t>
   </si>
   <si>
     <t>eta</t>
   </si>
   <si>
     <t>ata</t>
   </si>
   <si>
-    <t>etb_atb</t>
+    <t>etb</t>
+  </si>
+  <si>
+    <t>atb</t>
   </si>
   <si>
     <t>created_at</t>
   </si>
   <si>
     <t>updated_at</t>
   </si>
   <si>
     <t>terminal</t>
   </si>
   <si>
-    <t>atb</t>
-[...5 lines deleted...]
-    <t>2026-02-08</t>
+    <t>2026-03-25</t>
   </si>
   <si>
     <t>Arrival</t>
   </si>
   <si>
     <t>MSS GRAPHENE</t>
   </si>
   <si>
-    <t>GR088E</t>
+    <t>GR091E</t>
   </si>
   <si>
     <t>TBA</t>
   </si>
   <si>
+    <t>21-03-2026</t>
+  </si>
+  <si>
     <t>COLOMBO – MALE’</t>
   </si>
   <si>
-    <t>2026-02-06 12:00</t>
+    <t>23-03-2026</t>
   </si>
   <si>
     <t>2025-09-03 11:26:36</t>
   </si>
   <si>
-    <t>2026-02-03 15:45:35</t>
-[...2 lines deleted...]
-    <t>2026-02-04 12:00</t>
+    <t>2026-03-21 12:49:01</t>
   </si>
   <si>
     <t>MSS GALENA</t>
   </si>
   <si>
-    <t>G094W</t>
+    <t>G097W</t>
   </si>
   <si>
     <t>COLOMBO - MALE</t>
   </si>
   <si>
-    <t>2026-01-29 12:00</t>
+    <t>18-03-2026</t>
   </si>
   <si>
     <t>2025-09-03 11:29:24</t>
   </si>
   <si>
-    <t>2026-02-03 15:46:44</t>
+    <t>2026-03-21 12:47:54</t>
   </si>
   <si>
     <t>MSM DOURO</t>
   </si>
   <si>
-    <t>V.0040W</t>
+    <t>V.0042E</t>
+  </si>
+  <si>
+    <t>19-03-2026</t>
   </si>
   <si>
     <t>TUTICORIN – MALE’</t>
   </si>
   <si>
-    <t>2026-01-20 12:00</t>
+    <t>22-03-2026</t>
   </si>
   <si>
     <t>2025-12-02 08:17:37</t>
   </si>
   <si>
-    <t>2026-02-03 15:44:06</t>
+    <t>2026-03-21 12:51:23</t>
   </si>
   <si>
     <t>Departure</t>
   </si>
   <si>
     <t>MALE' - COLOMBO</t>
   </si>
   <si>
-    <t>2026-02-02 12:00</t>
+    <t>17-03-2026</t>
+  </si>
+  <si>
+    <t>20-03-2026</t>
   </si>
   <si>
     <t>2025-10-15 15:34:59</t>
   </si>
   <si>
-    <t>2026-02-03 15:40:54</t>
-[...2 lines deleted...]
-    <t>2026-02-09 12:00</t>
+    <t>2026-03-21 12:59:51</t>
   </si>
   <si>
     <t>2025-11-29 15:58:49</t>
   </si>
   <si>
-    <t>2026-02-03 15:38:08</t>
-[...2 lines deleted...]
-    <t>2026-02-07 12:00</t>
+    <t>2026-03-21 12:41:34</t>
   </si>
   <si>
     <t>MALE – TUTICORIN</t>
   </si>
   <si>
     <t>2025-11-30 15:34:34</t>
   </si>
   <si>
-    <t>2026-02-03 15:42:57</t>
-[...2 lines deleted...]
-    <t>2026-02-03 12:00</t>
+    <t>2026-03-21 12:45:18</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -521,61 +518,61 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.711" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...9 lines deleted...]
-    <col min="15" max="15" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="10.569" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -598,295 +595,295 @@
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>15</v>
       </c>
       <c r="B2" t="s">
         <v>16</v>
       </c>
       <c r="C2" t="s">
         <v>17</v>
       </c>
       <c r="D2" t="s">
         <v>18</v>
       </c>
       <c r="E2" t="s">
         <v>19</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="H2" t="s">
         <v>21</v>
       </c>
       <c r="I2" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="J2" t="s">
         <v>19</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="L2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M2" t="s">
         <v>23</v>
       </c>
       <c r="N2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="O2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>19</v>
       </c>
       <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
         <v>27</v>
       </c>
-      <c r="H3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J3" t="s">
         <v>28</v>
       </c>
-      <c r="J3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K3" t="s">
+        <v>19</v>
+      </c>
+      <c r="L3" t="s">
+        <v>19</v>
+      </c>
+      <c r="M3" t="s">
         <v>29</v>
       </c>
-      <c r="L3" t="s">
+      <c r="N3" t="s">
         <v>30</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>19</v>
       </c>
       <c r="F4" t="s">
         <v>19</v>
       </c>
       <c r="G4" t="s">
         <v>33</v>
       </c>
       <c r="H4" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="I4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="J4" t="s">
         <v>19</v>
       </c>
       <c r="K4" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="L4" t="s">
+        <v>19</v>
+      </c>
+      <c r="M4" t="s">
         <v>36</v>
       </c>
       <c r="N4" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5" t="s">
         <v>19</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="H5" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="I5" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="J5" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="K5" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="L5" t="s">
         <v>41</v>
       </c>
+      <c r="M5" t="s">
+        <v>42</v>
+      </c>
       <c r="N5" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>43</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" t="s">
         <v>19</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="H6" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="I6" t="s">
         <v>19</v>
       </c>
       <c r="J6" t="s">
         <v>19</v>
       </c>
       <c r="K6" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="L6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M6" t="s">
         <v>44</v>
       </c>
       <c r="N6" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="O6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C7" t="s">
         <v>31</v>
       </c>
       <c r="D7" t="s">
         <v>32</v>
       </c>
       <c r="E7" t="s">
         <v>19</v>
       </c>
       <c r="F7" t="s">
         <v>19</v>
       </c>
       <c r="G7" t="s">
+        <v>19</v>
+      </c>
+      <c r="H7" t="s">
         <v>46</v>
       </c>
-      <c r="H7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I7" t="s">
         <v>19</v>
       </c>
       <c r="J7" t="s">
         <v>19</v>
       </c>
       <c r="K7" t="s">
+        <v>19</v>
+      </c>
+      <c r="L7" t="s">
+        <v>19</v>
+      </c>
+      <c r="M7" t="s">
         <v>47</v>
       </c>
-      <c r="L7" t="s">
+      <c r="N7" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">